--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -1,80 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\2025. Javna i jednostavna nabava\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\2025. godina\2025. Javna i jednostavna nabava\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B21DCC5B-C07E-4443-8580-97F8866D9769}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{59D43FBC-A1F0-4631-B315-3190223A706F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Plan nabave" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="739" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="776" uniqueCount="269">
   <si>
     <t>Vrsta postupka</t>
   </si>
   <si>
     <t>Napomena</t>
   </si>
   <si>
     <t>PLAN NABAVE</t>
   </si>
   <si>
     <t>Naručitelj</t>
   </si>
   <si>
     <t>Planirani početak postupka</t>
   </si>
   <si>
     <t>Provodi drugi naručitelj</t>
   </si>
   <si>
     <t>Godina</t>
   </si>
   <si>
     <t>Verzija</t>
   </si>
   <si>
@@ -452,74 +452,65 @@
   <si>
     <t>0025</t>
   </si>
   <si>
     <t>OMB-JN-B25-19</t>
   </si>
   <si>
     <t>Uređenje i adaptacija dječjeg igrališta DV Krijesnica</t>
   </si>
   <si>
     <t>45200000 - Radovi na objektima ili dijelovima objekata visokogradnje i niskogradnje</t>
   </si>
   <si>
     <t>0026</t>
   </si>
   <si>
     <t>OMB-JN-B25-20</t>
   </si>
   <si>
     <t>Nabava ukrasa za javne površine</t>
   </si>
   <si>
     <t>39298500 - Ukrasi</t>
   </si>
   <si>
-    <t>Narudžbenica prema: CTING d.o.o., OIB: 46523827321, Ugovoreni iznos: 6.250,00 eura s PDV-om, u tijeku</t>
-[...4 lines deleted...]
-  <si>
     <t>45262700 - Adaptacija zgrada</t>
   </si>
   <si>
     <t>0027</t>
   </si>
   <si>
     <t>OMB-JN-B25-21</t>
   </si>
   <si>
     <t>Proširenje javnog prostora ispred Društvenog doma Mali Bukovec</t>
   </si>
   <si>
     <t>45110000 -Radovi na rušenju objekata i radovi razbijanja te zemljani radovi</t>
   </si>
   <si>
-    <t>0028</t>
-[...1 lines deleted...]
-  <si>
     <t>0029</t>
   </si>
   <si>
     <t>OMB-JN-B25-22</t>
   </si>
   <si>
     <t>OMB-JN-B25-23</t>
   </si>
   <si>
     <t>Medijsko praćenje Općine Mali Bukovec</t>
   </si>
   <si>
     <t>Zamjena stolarije na grobnoj kući u Malom Bukovcu</t>
   </si>
   <si>
     <t>Roba</t>
   </si>
   <si>
     <t>79341000 – Usluge oglašavanja</t>
   </si>
   <si>
     <t>44221000 - Prozori, vrata i srodni artikli</t>
   </si>
   <si>
     <t>Ugovor sa: Golubić gradnja j.d.o.o. (OIB: 44167693551), Ugovoreni iznos: 10.055,00 eura (Izvoditelj nije u sustavu PDV-a), izvršen</t>
@@ -605,53 +596,50 @@
   <si>
     <t>Sanacija prilaznog puta nogometnom igralištu u Svetom Petru</t>
   </si>
   <si>
     <t>Radovi na instalaciji grijanja u Društvenom domu Novo Selo Podravsko</t>
   </si>
   <si>
     <t>Soboslikarski radovi u Društvenom domu Novo Selo Podravsko</t>
   </si>
   <si>
     <t>45233141 – Radovi na održavanju cesta</t>
   </si>
   <si>
     <t>45331100 - Radovi instaliranja centralnoga grijanja</t>
   </si>
   <si>
     <t>45442100 – Ličilački radovi</t>
   </si>
   <si>
     <t>Narudžbenica prema RAI, obrt za usluge (OIB: 60044049862), iznos: 7.700,00 eura, izvršeno</t>
   </si>
   <si>
     <t>Prihvat ponude ZADOL Grupa d.o.o., OIB: 78052058880, iznos: 4.015,69 eura s PDV-om, izvršen</t>
   </si>
   <si>
-    <t>Instalacije Rendić, obrt za izvođenje instalacija vode, grijanja i plina, vl. Boris Rendić, OIB: 53366227566, iznos: 5.616,49 eura, u tijeku</t>
-[...1 lines deleted...]
-  <si>
     <t>0037</t>
   </si>
   <si>
     <t>0038</t>
   </si>
   <si>
     <t>OMB-JN-B25-31</t>
   </si>
   <si>
     <t>OMB-JN-B25-32</t>
   </si>
   <si>
     <t>Izgradnja pješačke staze i prilaza društvenom domu u Lunjkovcu</t>
   </si>
   <si>
     <t>45233260 - Građevinski radovi na putovima za pješake</t>
   </si>
   <si>
     <t>Sanacija poljskog puta u Svetom Petru</t>
   </si>
   <si>
     <t>45233160 - Staze i druge neasfaltirane površine</t>
   </si>
   <si>
     <t>0039</t>
@@ -665,204 +653,273 @@
   <si>
     <t>OMB-JN-B25-33</t>
   </si>
   <si>
     <t>OMB-JN-B25-34</t>
   </si>
   <si>
     <t>OMB-JN-B25-35</t>
   </si>
   <si>
     <t>Nabava didaktičke, motoričke, senzomotoričke i edukativne opreme za djecu od 3. do 7. godine života</t>
   </si>
   <si>
     <t>Izrada staze u dvorištu DV Krijesnica</t>
   </si>
   <si>
     <t>Vanjsko uređenje Društvenog doma Županec</t>
   </si>
   <si>
     <t>37520000 - Igračke</t>
   </si>
   <si>
     <t>44114200 - Proizvodi od betona</t>
   </si>
   <si>
-    <t>Narudžbenica prema Veterinarska stanica Varaždin d.o.o., OIB: 41540201755, iznos: 1.869,45 eura s PDV-om, izvršen</t>
-[...1 lines deleted...]
-  <si>
     <t>Ugovor sa Urbia d.o.o., OIB: 38235822242, iznos: 18.750,00 eura s PDV-om, u tijeku</t>
   </si>
   <si>
     <t>Ugovor sa Zidarsko-fasaderski obrt Kovaček, vl. Mladen Kovaček, OIB: 92957015413, iznos: 6.281,25 eura s PDV-om, izvršen</t>
   </si>
   <si>
     <t>0042</t>
   </si>
   <si>
     <t>OMB-JN-M25-08</t>
   </si>
   <si>
     <t>Opremanje i uređenje dječjeg igrališta u naselju Mali Bukovec</t>
   </si>
   <si>
     <t>37535200 - Oprema za dječja igrališta</t>
   </si>
   <si>
-    <t>Ugovor sa Pavlic-asfalt-beton d.o.o., OIB: 77665363327, iznos: 41.393,25 eura s PDV-om, u tijeku</t>
-[...1 lines deleted...]
-  <si>
     <t>0043</t>
   </si>
   <si>
     <t>OMB-JN-B25-36</t>
   </si>
   <si>
     <t>Rekonstrukcija elektroinstalacija u Društvenom domu Novo Selo Podravsko - faza II</t>
   </si>
   <si>
     <t>45310000 - Elektroinstalacijski radovi</t>
   </si>
   <si>
     <t>Ugovor sa Zidarsko-fasaderski obrt Kovaček, vl. Mladen Kovaček, OIB: 92957015413, iznos: 3.750,00 eura s PDV-om, izvršen</t>
   </si>
   <si>
     <t>Ugovor sa Zidarsko-fasaderski obrt Kovaček, vl. Mladen Kovaček, OIB: 92957015413, iznos: 9.007,50 eura s PDV-om, izvršen</t>
   </si>
   <si>
     <t>Narudžbenica prema Buba, soboslikarski obrt, vl. Mario Tarandek,  OIB: 64846270270, iznos: 5.529,00 eura, izvršen</t>
   </si>
   <si>
+    <t>9 mjeseci</t>
+  </si>
+  <si>
+    <t>Ugovor sa STAN-EL obrt za elektroinstalacije, OIB: 34991980171, iznos: 3.840,91 eura s PDV-om, izvršen</t>
+  </si>
+  <si>
+    <t>Ugovor sa LIBER MEDIA d.o.o., OIB: 08246617323, iznos: 16.198,23 eura s PDV-om, izvršen</t>
+  </si>
+  <si>
+    <t>0044</t>
+  </si>
+  <si>
+    <t>OMB-JN-B25-37</t>
+  </si>
+  <si>
+    <t>0045</t>
+  </si>
+  <si>
+    <t>OMB-JN-B25-38</t>
+  </si>
+  <si>
+    <t>Izrada projektno - tehničke dokumentacije i stručni nadzor za izgradnju reciklažnog dvorišta u Novom Selu Podravskom</t>
+  </si>
+  <si>
+    <t>Izrada projektno - tehničke dokumentacije obnove, rekonstrukcije i dogradnje Društvenog doma i vatrogasnog spremišta u Novom Selu Podravskom</t>
+  </si>
+  <si>
+    <t>24 mjeseca</t>
+  </si>
+  <si>
+    <t>4 mjeseca</t>
+  </si>
+  <si>
+    <t>Brisano.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0022
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0023
+</t>
+  </si>
+  <si>
+    <t>0046</t>
+  </si>
+  <si>
+    <t>OMB-JN-B25-39</t>
+  </si>
+  <si>
+    <t>Izgradnja društvenog doma sa pratećim sadržajem u Malom Bukovcu - Cjelina II</t>
+  </si>
+  <si>
+    <t>Ugovor sa URBIA d.o.o., OIB: 38235822242, iznos: 32.500,00 eura s PDV-om, izvršeno</t>
+  </si>
+  <si>
+    <t>Ugovor sa IB PROJEKT d.o.o., OIB: 17818574884, iznos: 17.250,00 eura s PDV-om, u tijeku</t>
+  </si>
+  <si>
+    <t>Ugovor sa Zidarsko-fasaderski obrt Kovaček, vl. Mladen Kovaček, OIB: 92957015413, iznos: 38.062,50 eura s PDV-om, izvršen</t>
+  </si>
+  <si>
+    <t>Ugovor sa Zidarsko-fasaderski obrt Kovaček, vl. Mladen Kovaček, OIB: 92957015413, iznos: 50.462,50 eura s PDV-om, izvršeno</t>
+  </si>
+  <si>
+    <t>Narudžbenica prema Veterinarska stanica Varaždin d.o.o., OIB: 41540201755, iznos: 1.869,45 eura s PDV-om, izvršen
+Prihvat ponude od Veterinarska stanica Varaždin d.o.o., OIB: 41540201755, iznos: 6.120,83 eura s PDV-om, izvršen</t>
+  </si>
+  <si>
+    <t>Instalacije Rendić, obrt za izvođenje instalacija vode, grijanja i plina, vl. Boris Rendić, OIB: 53366227566, iznos: 5.616,49 eura, izvršeno</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Narudžbenica prema RASPON d.o.o., OIB: 69570695143, iznos: 4.250,00 eura s PDV-om, u tijeku
+Narudžbenica prema RASPON d.o.o., OIB: 69570695143, iznos: 6.000,00 eura s PDV-om, u tijeku
+</t>
+  </si>
+  <si>
+    <t>0047</t>
+  </si>
+  <si>
+    <t>OMB-JN-B25-40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Izrada nogostupa, rigola i cijevnih propusta u Ulici Mihovila Pavleka Miškine  </t>
+  </si>
+  <si>
+    <t>45213310 - Građevinski radovi na zgradama vezanim za cestovni promet</t>
+  </si>
+  <si>
+    <t>Ugovor sa AURA INTERIJERI d.o.o., OIB: 55703065715, podugovaratelj: KOVAČIĆ STOLARIJA, obrt za proizvodnju, vl. Zdravko Kovačić, Đurđekovec, Jakopići 2, 10362 Kašina, vlasnik i zastupnik: Zdravko Kovačić, OIB: 58248233029, ukupni iznos: 48.119,25  eura s PDV-om, izvršen</t>
+  </si>
+  <si>
+    <t>0048</t>
+  </si>
+  <si>
+    <t>OMB-JN-B25-41</t>
+  </si>
+  <si>
+    <t>Sanacija oborinske kanalizacije u Bednjanskoj ulici</t>
+  </si>
+  <si>
+    <t>45232130 - Građevinski radovi na cjevovodu za oborinsku vodu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+</t>
+  </si>
+  <si>
+    <t>0049</t>
+  </si>
+  <si>
+    <t>OMB-JN-B25-42</t>
+  </si>
+  <si>
+    <t>Revidiranje glavnog projekta za izgradnju građevine: Vrt ruža</t>
+  </si>
+  <si>
+    <t>03.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Narudžbenica prema Niskogradnja Knežević, vl. Petar Knežević, OIB: 78849542952, iznos: 14.943,88 eura s PDV-om, izvršen
+</t>
+  </si>
+  <si>
+    <t>Ugovor sa Zidarsko-fasaderski obrt Kovaček, vl. Mladen Kovaček, OIB: 92957015413, iznos: 79.648,75 eura s PDV-om, izvršen</t>
+  </si>
+  <si>
+    <t>Narudžbenica prema LUKOM d.o.o., OIB: 29732862130, iznos: 363,97 eura s PDV-om, izvršen
+Narudžbenica prema LUKOM d.o.o., OIB: 29732862130, iznos: 98,21 eura s PDV-om, izvršen
+Prihvat Ponude STAN-EL obrt za elektroinstalacije, OIB: 34991980171, iznos: 1.127,88 eura s PDV-om, izvršen
+Narudžbenica prema LUKOM d.o.o., OIB: 29732862130, iznos: 566,34 eura s PDV-om, izvršen
+Prihvat ponude LUKOM d.o.o., OIB: 29732862130, iznos: 1.663,58 eura s PDV-om, izvršen
+Narudžbenica prema STAN-EL obrt za elektroinstalacije, OIB: 34991980171, iznos: 1.981,48 eura s PDV-om, izvršen</t>
+  </si>
+  <si>
+    <t>Narudžbenica prema ZIMA SVJETLOSNE DEKORACIJE d.o.o., OIB: 63269230097, iznos: 5.839,07 eura s PDV-om, izvršen
+Prihvat ponude BLACHERE ILLUMINATION - GOSPODARI SVJETLA d.o.o., OIB: 65652540866, iznos: 834,75 eura s PDV-om, izvršen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Narudžbenica prema Zidarsko-fasaderski obrt Kovaček, vl. Mladen Kovaček, OIB: 92957015413, iznos: 7.431,25 eura s PDV-om, izvršen
+</t>
+  </si>
+  <si>
+    <t>Narudžbenica prema: CTING d.o.o., OIB: 46523827321, Ugovoreni iznos: 6.250,00 eura s PDV-om, izvršen</t>
+  </si>
+  <si>
+    <t>Ugovor sa Pavlic-asfalt-beton d.o.o., OIB: 77665363327, iznos: 46.058,88 eura s PDV-om, izvršen</t>
+  </si>
+  <si>
+    <t>Narudžbenica prema Clean&amp;Fast servis za čišćenje j.d.o.o., OIB: 62173784068, iznos: 3.352,00 eura, izvršen</t>
+  </si>
+  <si>
+    <t>RADOVI: Ugovor sa Zidarsko-fasaderski obrt Kovaček, vl. Mladen Kovaček, OIB: 92957015413, podugovaratelji: STAN-EL, obrt za elektroinstalacije, vl. Siniša Stančin, Sveti Đurđ, Lovački put 2, vlasnik i zastupnik: Siniša Stančin, OIB: 34991980171, i INSTALATERSKI OBRT „KM“ - Marijan Kežman, Slanje, Braće Radića 12A, vlasnik i zastupnik: Marijan Kežman, OIB: 96846459923, ukupni iznos: 118.203,38 eura s PDV-om, izvršen
+OPREMANJE: Ugovor sa NOVI GODOVI d.o.o., OIB: 93203105362, iznos: 26.250,00 eura s PDV-om, izvršen</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">Ugovor sa VOX media d.o.o. za marketing i komunikaciju (OIB: 90919935919), Ugovoreni iznos: 2.340,00 eura, u tijeku
-Ugovor sa LALS media d.o.o. za marketing i usluge (OIB: 63064432125), Ugovoreni iznos: 1.800,00 eura, u tijeku
+      <t xml:space="preserve">Ugovor sa VOX media d.o.o. za marketing i komunikaciju (OIB: 90919935919), Ugovoreni iznos: 2.340,00 eura, izvršen
+Ugovor sa LALS media d.o.o. za marketing i usluge (OIB: 63064432125), Ugovoreni iznos: 3.600,00 eura, izvršen
 Ugovor sa MM PLUS GRUPA d.o.o. za izdavačke djelatnosti (OIB: 18637310131), Ugovoreni iznos: 3.150,00 eura, u tijeku
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">Prihvat ponude VTV televizija, OIB: 50371265075, iznos: 2.301,25 eura s PDV-om, izvršen
 Prihvat ponude Podravski list (OIB: 27495866747, Ugovoreni iznos: </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1.237,50 eura s PDV-om, izvršen</t>
     </r>
   </si>
   <si>
-    <t>9 mjeseci</t>
-[...80 lines deleted...]
-    <t>Ugovor sa Zidarsko-fasaderski obrt Kovaček, vl. Mladen Kovaček, OIB: 92957015413, iznos: 79.648,75 eura s PDV-om, u tijeku</t>
+    <t>0028+A35:P35</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -985,117 +1042,120 @@
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
@@ -1395,371 +1455,371 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71F23EFB-C653-4671-96DD-CA3A117096A8}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P53"/>
+  <dimension ref="A1:P56"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A16" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C53" sqref="A53:C53"/>
+    <sheetView tabSelected="1" topLeftCell="H33" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="P35" sqref="A35:P35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.85546875" customWidth="1"/>
     <col min="2" max="2" width="21.140625" customWidth="1"/>
     <col min="3" max="3" width="21.28515625" customWidth="1"/>
     <col min="4" max="4" width="43.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="19.28515625" style="2" customWidth="1"/>
     <col min="6" max="6" width="24.85546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="23.28515625" style="1" customWidth="1"/>
     <col min="8" max="9" width="19" style="4" customWidth="1"/>
     <col min="10" max="10" width="13.28515625" style="2" customWidth="1"/>
     <col min="11" max="11" width="22.42578125" style="4" customWidth="1"/>
     <col min="12" max="12" width="12.7109375" style="4" customWidth="1"/>
     <col min="13" max="14" width="16.42578125" style="2" customWidth="1"/>
     <col min="15" max="15" width="25.85546875" style="2" customWidth="1"/>
     <col min="16" max="16" width="34.7109375" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="34" t="s">
+      <c r="A1" s="35" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="35" t="s">
-[...41 lines deleted...]
-      <c r="P1" s="35" t="s">
+      <c r="B1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="C1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="D1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="E1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="G1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="H1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="I1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="J1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="K1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="L1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="M1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="N1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="O1" s="36" t="s">
+        <v>29</v>
+      </c>
+      <c r="P1" s="36" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A2" s="36" t="s">
-[...44 lines deleted...]
-      <c r="P2" s="37" t="s">
+      <c r="A2" s="37" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="G2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="J2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="K2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="L2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="M2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="N2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="O2" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="P2" s="38" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16" ht="21" x14ac:dyDescent="0.35">
       <c r="A3" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="38" t="s">
+      <c r="B3" s="39" t="s">
         <v>21</v>
       </c>
-      <c r="C3" s="38" t="s">
-[...38 lines deleted...]
-      <c r="P3" s="38" t="s">
+      <c r="C3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="E3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="G3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="I3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="J3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="K3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="L3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="N3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="O3" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="P3" s="39" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:16" ht="21" x14ac:dyDescent="0.35">
       <c r="A4" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="38" t="s">
+      <c r="B4" s="39" t="s">
         <v>22</v>
       </c>
-      <c r="C4" s="38" t="s">
-[...38 lines deleted...]
-      <c r="P4" s="38" t="s">
+      <c r="C4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="E4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="J4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="K4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="L4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="M4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="N4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="O4" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="P4" s="39" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="21" x14ac:dyDescent="0.35">
       <c r="A5" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="38">
-[...41 lines deleted...]
-      <c r="P5" s="38" t="s">
+      <c r="B5" s="39">
+        <v>15</v>
+      </c>
+      <c r="C5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="I5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="J5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="K5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="L5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="M5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="N5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="O5" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="P5" s="39" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="21" x14ac:dyDescent="0.35">
       <c r="A6" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="39" t="s">
-[...41 lines deleted...]
-      <c r="P6" s="38" t="s">
+      <c r="B6" s="40" t="s">
+        <v>257</v>
+      </c>
+      <c r="C6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="I6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="J6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="K6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="L6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="M6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="N6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="O6" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="P6" s="39" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="49.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>12</v>
       </c>
@@ -1770,147 +1830,147 @@
         <v>18</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>13</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="45" x14ac:dyDescent="0.25">
-      <c r="A8" s="15" t="s">
+      <c r="A8" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="16" t="s">
+      <c r="B8" s="21" t="s">
         <v>24</v>
       </c>
-      <c r="C8" s="16" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="17" t="s">
+      <c r="C8" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="E8" s="17" t="s">
+      <c r="E8" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="F8" s="17" t="s">
+      <c r="F8" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="G8" s="18">
+      <c r="G8" s="23">
         <v>5000</v>
       </c>
-      <c r="H8" s="19" t="s">
-[...14 lines deleted...]
-      <c r="M8" s="17" t="s">
+      <c r="H8" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I8" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J8" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K8" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="L8" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="N8" s="17" t="s">
+      <c r="N8" s="22" t="s">
         <v>32</v>
       </c>
-      <c r="O8" s="17" t="s">
-[...3 lines deleted...]
-        <v>140</v>
+      <c r="O8" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P8" s="34" t="s">
+        <v>263</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="60" x14ac:dyDescent="0.25">
-      <c r="A9" s="21" t="s">
+      <c r="A9" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="B9" s="22" t="s">
+      <c r="B9" s="21" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="22" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="23" t="s">
+      <c r="C9" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="22" t="s">
         <v>35</v>
       </c>
-      <c r="E9" s="23" t="s">
+      <c r="E9" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="F9" s="23" t="s">
+      <c r="F9" s="22" t="s">
         <v>37</v>
       </c>
-      <c r="G9" s="24">
+      <c r="G9" s="23">
         <v>11000</v>
       </c>
-      <c r="H9" s="25" t="s">
-[...14 lines deleted...]
-      <c r="M9" s="23" t="s">
+      <c r="H9" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I9" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J9" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K9" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="L9" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="N9" s="23" t="s">
+      <c r="N9" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="O9" s="23" t="s">
-[...3 lines deleted...]
-        <v>156</v>
+      <c r="O9" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P9" s="22" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>25</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="9" t="s">
         <v>43</v>
       </c>
       <c r="G10" s="10">
         <v>4000</v>
       </c>
       <c r="H10" s="11" t="s">
@@ -1970,147 +2030,147 @@
         <v>29</v>
       </c>
       <c r="J11" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K11" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L11" s="11" t="s">
         <v>30</v>
       </c>
       <c r="M11" s="9" t="s">
         <v>49</v>
       </c>
       <c r="N11" s="9" t="s">
         <v>38</v>
       </c>
       <c r="O11" s="9" t="s">
         <v>29</v>
       </c>
       <c r="P11" s="9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="60" x14ac:dyDescent="0.25">
-      <c r="A12" s="21" t="s">
+      <c r="A12" s="20" t="s">
         <v>50</v>
       </c>
-      <c r="B12" s="22" t="s">
+      <c r="B12" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C12" s="22" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="23" t="s">
+      <c r="C12" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" s="22" t="s">
         <v>52</v>
       </c>
-      <c r="E12" s="23" t="s">
+      <c r="E12" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="F12" s="23" t="s">
+      <c r="F12" s="22" t="s">
         <v>53</v>
       </c>
-      <c r="G12" s="24">
+      <c r="G12" s="23">
         <v>5000</v>
       </c>
-      <c r="H12" s="25" t="s">
-[...14 lines deleted...]
-      <c r="M12" s="23" t="s">
+      <c r="H12" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I12" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J12" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K12" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="L12" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M12" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="N12" s="23" t="s">
+      <c r="N12" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="O12" s="23" t="s">
-[...3 lines deleted...]
-        <v>163</v>
+      <c r="O12" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P12" s="22" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="60" x14ac:dyDescent="0.25">
-      <c r="A13" s="15" t="s">
+      <c r="A13" s="20" t="s">
         <v>54</v>
       </c>
-      <c r="B13" s="16" t="s">
+      <c r="B13" s="21" t="s">
         <v>55</v>
       </c>
-      <c r="C13" s="16" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="17" t="s">
+      <c r="C13" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" s="22" t="s">
         <v>56</v>
       </c>
-      <c r="E13" s="17" t="s">
+      <c r="E13" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="F13" s="17" t="s">
+      <c r="F13" s="22" t="s">
         <v>57</v>
       </c>
-      <c r="G13" s="18">
+      <c r="G13" s="23">
         <v>3500</v>
       </c>
-      <c r="H13" s="19" t="s">
-[...14 lines deleted...]
-      <c r="M13" s="17" t="s">
+      <c r="H13" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I13" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J13" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K13" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="L13" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M13" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="N13" s="17" t="s">
+      <c r="N13" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="O13" s="17" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="O13" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P13" s="22" t="s">
+        <v>265</v>
       </c>
     </row>
     <row r="14" spans="1:16" ht="30" x14ac:dyDescent="0.25">
       <c r="A14" s="14" t="s">
         <v>59</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>60</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>63</v>
       </c>
       <c r="G14" s="10">
         <v>344000</v>
       </c>
       <c r="H14" s="11" t="s">
@@ -2120,247 +2180,247 @@
         <v>29</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K14" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L14" s="11" t="s">
         <v>65</v>
       </c>
       <c r="M14" s="9" t="s">
         <v>66</v>
       </c>
       <c r="N14" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O14" s="9" t="s">
         <v>29</v>
       </c>
       <c r="P14" s="9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="60" x14ac:dyDescent="0.25">
-      <c r="A15" s="21" t="s">
+      <c r="A15" s="20" t="s">
         <v>68</v>
       </c>
-      <c r="B15" s="22" t="s">
+      <c r="B15" s="21" t="s">
         <v>69</v>
       </c>
-      <c r="C15" s="22" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="23" t="s">
+      <c r="C15" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D15" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="E15" s="23" t="s">
+      <c r="E15" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="F15" s="23" t="s">
+      <c r="F15" s="22" t="s">
         <v>71</v>
       </c>
-      <c r="G15" s="24">
+      <c r="G15" s="23">
         <v>35725</v>
       </c>
-      <c r="H15" s="25" t="s">
-[...14 lines deleted...]
-      <c r="M15" s="23" t="s">
+      <c r="H15" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I15" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J15" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K15" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="L15" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M15" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="N15" s="23" t="s">
-[...10 lines deleted...]
-      <c r="A16" s="15" t="s">
+      <c r="N15" s="22" t="s">
+        <v>220</v>
+      </c>
+      <c r="O15" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P15" s="22" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="270.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="20" t="s">
         <v>72</v>
       </c>
-      <c r="B16" s="16" t="s">
+      <c r="B16" s="21" t="s">
         <v>73</v>
       </c>
-      <c r="C16" s="16" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="17" t="s">
+      <c r="C16" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" s="22" t="s">
         <v>74</v>
       </c>
-      <c r="E16" s="17" t="s">
+      <c r="E16" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="F16" s="17" t="s">
+      <c r="F16" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="G16" s="18">
+      <c r="G16" s="23">
         <v>8000</v>
       </c>
-      <c r="H16" s="19" t="s">
-[...14 lines deleted...]
-      <c r="M16" s="17" t="s">
+      <c r="H16" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I16" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J16" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K16" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="L16" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M16" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="N16" s="17" t="s">
+      <c r="N16" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="O16" s="17" t="s">
-[...3 lines deleted...]
-        <v>245</v>
+      <c r="O16" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P16" s="22" t="s">
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="60" x14ac:dyDescent="0.25">
-      <c r="A17" s="21" t="s">
+      <c r="A17" s="20" t="s">
         <v>76</v>
       </c>
-      <c r="B17" s="22" t="s">
+      <c r="B17" s="21" t="s">
         <v>77</v>
       </c>
-      <c r="C17" s="22" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="23" t="s">
+      <c r="C17" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" s="22" t="s">
         <v>78</v>
       </c>
-      <c r="E17" s="23" t="s">
+      <c r="E17" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="F17" s="23" t="s">
+      <c r="F17" s="22" t="s">
         <v>79</v>
       </c>
-      <c r="G17" s="24">
+      <c r="G17" s="23">
         <v>3000</v>
       </c>
-      <c r="H17" s="25" t="s">
-[...14 lines deleted...]
-      <c r="M17" s="23" t="s">
+      <c r="H17" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I17" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J17" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K17" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="L17" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M17" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="N17" s="23" t="s">
+      <c r="N17" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="O17" s="23" t="s">
-[...7 lines deleted...]
-      <c r="A18" s="15" t="s">
+      <c r="O17" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P17" s="22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="120" x14ac:dyDescent="0.25">
+      <c r="A18" s="20" t="s">
         <v>80</v>
       </c>
-      <c r="B18" s="16" t="s">
+      <c r="B18" s="21" t="s">
         <v>81</v>
       </c>
-      <c r="C18" s="16" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="17" t="s">
+      <c r="C18" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" s="22" t="s">
         <v>82</v>
       </c>
-      <c r="E18" s="17" t="s">
+      <c r="E18" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="F18" s="17" t="s">
+      <c r="F18" s="22" t="s">
         <v>83</v>
       </c>
-      <c r="G18" s="18">
+      <c r="G18" s="23">
         <v>6400</v>
       </c>
-      <c r="H18" s="19" t="s">
-[...5 lines deleted...]
-      <c r="J18" s="17" t="s">
+      <c r="H18" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I18" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J18" s="22" t="s">
         <v>65</v>
       </c>
-      <c r="K18" s="19" t="s">
-[...5 lines deleted...]
-      <c r="M18" s="17" t="s">
+      <c r="K18" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="L18" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M18" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="N18" s="17" t="s">
+      <c r="N18" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="O18" s="17" t="s">
-[...3 lines deleted...]
-        <v>211</v>
+      <c r="O18" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P18" s="22" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="45" x14ac:dyDescent="0.25">
       <c r="A19" s="14" t="s">
         <v>84</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>87</v>
       </c>
       <c r="G19" s="10">
         <v>80000</v>
       </c>
       <c r="H19" s="11" t="s">
@@ -2370,97 +2430,97 @@
         <v>29</v>
       </c>
       <c r="J19" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K19" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L19" s="11" t="s">
         <v>30</v>
       </c>
       <c r="M19" s="9" t="s">
         <v>49</v>
       </c>
       <c r="N19" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O19" s="9" t="s">
         <v>29</v>
       </c>
       <c r="P19" s="9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:16" ht="45" x14ac:dyDescent="0.25">
-      <c r="A20" s="15" t="s">
+      <c r="A20" s="20" t="s">
         <v>88</v>
       </c>
-      <c r="B20" s="16" t="s">
+      <c r="B20" s="21" t="s">
         <v>89</v>
       </c>
-      <c r="C20" s="16" t="s">
-[...2 lines deleted...]
-      <c r="D20" s="17" t="s">
+      <c r="C20" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D20" s="22" t="s">
         <v>90</v>
       </c>
-      <c r="E20" s="17" t="s">
+      <c r="E20" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="F20" s="17" t="s">
+      <c r="F20" s="22" t="s">
         <v>91</v>
       </c>
-      <c r="G20" s="18">
+      <c r="G20" s="23">
         <v>45000</v>
       </c>
-      <c r="H20" s="19" t="s">
-[...14 lines deleted...]
-      <c r="M20" s="17" t="s">
+      <c r="H20" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I20" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J20" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K20" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="L20" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M20" s="22" t="s">
         <v>49</v>
       </c>
-      <c r="N20" s="17" t="s">
+      <c r="N20" s="22" t="s">
         <v>32</v>
       </c>
-      <c r="O20" s="17" t="s">
-[...3 lines deleted...]
-        <v>218</v>
+      <c r="O20" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P20" s="22" t="s">
+        <v>264</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>92</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>93</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>94</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>95</v>
       </c>
       <c r="G21" s="10">
         <v>20000</v>
       </c>
       <c r="H21" s="11" t="s">
@@ -2816,201 +2876,201 @@
       <c r="H28" s="19" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="19" t="s">
         <v>29</v>
       </c>
       <c r="J28" s="17" t="s">
         <v>30</v>
       </c>
       <c r="K28" s="19" t="s">
         <v>29</v>
       </c>
       <c r="L28" s="19" t="s">
         <v>65</v>
       </c>
       <c r="M28" s="17" t="s">
         <v>31</v>
       </c>
       <c r="N28" s="17" t="s">
         <v>58</v>
       </c>
       <c r="O28" s="17" t="s">
         <v>29</v>
       </c>
       <c r="P28" s="17" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="14" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>125</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>126</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>127</v>
       </c>
       <c r="G29" s="10">
         <v>88000</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>64</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>29</v>
       </c>
       <c r="J29" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K29" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L29" s="11" t="s">
         <v>65</v>
       </c>
       <c r="M29" s="9" t="s">
         <v>66</v>
       </c>
       <c r="N29" s="9" t="s">
         <v>32</v>
       </c>
       <c r="O29" s="9" t="s">
         <v>29</v>
       </c>
       <c r="P29" s="9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:16" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="33" t="s">
-[...2 lines deleted...]
-      <c r="B30" s="29" t="s">
+      <c r="A30" s="32" t="s">
+        <v>233</v>
+      </c>
+      <c r="B30" s="28" t="s">
         <v>128</v>
       </c>
-      <c r="C30" s="29" t="s">
+      <c r="C30" s="28" t="s">
         <v>61</v>
       </c>
-      <c r="D30" s="30" t="s">
+      <c r="D30" s="29" t="s">
         <v>129</v>
       </c>
-      <c r="E30" s="30" t="s">
+      <c r="E30" s="29" t="s">
         <v>36</v>
       </c>
-      <c r="F30" s="30" t="s">
+      <c r="F30" s="29" t="s">
         <v>53</v>
       </c>
-      <c r="G30" s="31">
+      <c r="G30" s="30">
         <v>538400</v>
       </c>
-      <c r="H30" s="32" t="s">
+      <c r="H30" s="31" t="s">
         <v>64</v>
       </c>
-      <c r="I30" s="32" t="s">
-[...8 lines deleted...]
-      <c r="L30" s="32" t="s">
+      <c r="I30" s="31" t="s">
+        <v>29</v>
+      </c>
+      <c r="J30" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="K30" s="31" t="s">
+        <v>29</v>
+      </c>
+      <c r="L30" s="31" t="s">
         <v>65</v>
       </c>
-      <c r="M30" s="30" t="s">
+      <c r="M30" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="N30" s="30" t="s">
+      <c r="N30" s="29" t="s">
         <v>58</v>
       </c>
-      <c r="O30" s="30" t="s">
-[...3 lines deleted...]
-        <v>239</v>
+      <c r="O30" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="P30" s="29" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="31" spans="1:16" ht="255" x14ac:dyDescent="0.25">
-      <c r="A31" s="15" t="s">
+      <c r="A31" s="20" t="s">
         <v>130</v>
       </c>
-      <c r="B31" s="16" t="s">
+      <c r="B31" s="21" t="s">
         <v>131</v>
       </c>
-      <c r="C31" s="16" t="s">
+      <c r="C31" s="21" t="s">
         <v>61</v>
       </c>
-      <c r="D31" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="17" t="s">
+      <c r="D31" s="22" t="s">
+        <v>173</v>
+      </c>
+      <c r="E31" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="F31" s="17" t="s">
-[...2 lines deleted...]
-      <c r="G31" s="18">
+      <c r="F31" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="G31" s="23">
         <v>125000</v>
       </c>
-      <c r="H31" s="19" t="s">
+      <c r="H31" s="24" t="s">
         <v>64</v>
       </c>
-      <c r="I31" s="19" t="s">
-[...2 lines deleted...]
-      <c r="J31" s="17" t="s">
+      <c r="I31" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J31" s="22" t="s">
         <v>65</v>
       </c>
-      <c r="K31" s="19" t="s">
-[...2 lines deleted...]
-      <c r="L31" s="19" t="s">
+      <c r="K31" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="L31" s="24" t="s">
         <v>65</v>
       </c>
-      <c r="M31" s="17" t="s">
+      <c r="M31" s="22" t="s">
         <v>49</v>
       </c>
-      <c r="N31" s="17" t="s">
+      <c r="N31" s="22" t="s">
         <v>32</v>
       </c>
-      <c r="O31" s="17" t="s">
-[...3 lines deleted...]
-        <v>246</v>
+      <c r="O31" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P31" s="22" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="32" spans="1:16" ht="60" x14ac:dyDescent="0.25">
       <c r="A32" s="14" t="s">
         <v>132</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>133</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>25</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>134</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>135</v>
       </c>
       <c r="G32" s="10">
         <v>28000</v>
       </c>
       <c r="H32" s="11" t="s">
@@ -3019,973 +3079,1108 @@
       <c r="I32" s="11" t="s">
         <v>29</v>
       </c>
       <c r="J32" s="9" t="s">
         <v>65</v>
       </c>
       <c r="K32" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L32" s="11" t="s">
         <v>30</v>
       </c>
       <c r="M32" s="9" t="s">
         <v>66</v>
       </c>
       <c r="N32" s="9" t="s">
         <v>44</v>
       </c>
       <c r="O32" s="9" t="s">
         <v>29</v>
       </c>
       <c r="P32" s="9" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A33" s="8" t="s">
+    <row r="33" spans="1:16" ht="106.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="21" t="s">
         <v>136</v>
       </c>
-      <c r="B33" s="8" t="s">
+      <c r="B33" s="21" t="s">
         <v>137</v>
       </c>
-      <c r="C33" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D33" s="9" t="s">
+      <c r="C33" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D33" s="22" t="s">
         <v>138</v>
       </c>
-      <c r="E33" s="9" t="s">
+      <c r="E33" s="22" t="s">
         <v>42</v>
       </c>
-      <c r="F33" s="9" t="s">
+      <c r="F33" s="22" t="s">
         <v>139</v>
       </c>
-      <c r="G33" s="10">
+      <c r="G33" s="23">
         <v>5000</v>
       </c>
-      <c r="H33" s="11" t="s">
-[...14 lines deleted...]
-      <c r="M33" s="9" t="s">
+      <c r="H33" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I33" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J33" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K33" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="L33" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M33" s="22" t="s">
         <v>103</v>
       </c>
-      <c r="N33" s="9" t="s">
+      <c r="N33" s="22" t="s">
         <v>44</v>
       </c>
-      <c r="O33" s="9" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="O33" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="P33" s="22" t="s">
+        <v>261</v>
       </c>
     </row>
     <row r="34" spans="1:16" ht="60" x14ac:dyDescent="0.25">
-      <c r="A34" s="22" t="s">
+      <c r="A34" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B34" s="21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C34" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D34" s="22" t="s">
         <v>143</v>
       </c>
-      <c r="B34" s="22" t="s">
+      <c r="E34" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="F34" s="22" t="s">
         <v>144</v>
       </c>
-      <c r="C34" s="22" t="s">
-[...11 lines deleted...]
-      <c r="G34" s="24">
+      <c r="G34" s="23">
         <v>7500</v>
       </c>
-      <c r="H34" s="25" t="s">
-[...10 lines deleted...]
-      <c r="M34" s="23" t="s">
+      <c r="H34" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I34" s="24"/>
+      <c r="J34" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K34" s="24"/>
+      <c r="L34" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M34" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="N34" s="23" t="s">
+      <c r="N34" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="O34" s="23"/>
-[...1 lines deleted...]
-        <v>162</v>
+      <c r="O34" s="22"/>
+      <c r="P34" s="22" t="s">
+        <v>159</v>
       </c>
     </row>
     <row r="35" spans="1:16" ht="270" x14ac:dyDescent="0.25">
       <c r="A35" s="16" t="s">
-        <v>147</v>
+        <v>268</v>
       </c>
       <c r="B35" s="16" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C35" s="16" t="s">
         <v>25</v>
       </c>
       <c r="D35" s="17" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="E35" s="17" t="s">
         <v>27</v>
       </c>
       <c r="F35" s="17" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="G35" s="18">
         <v>12000</v>
       </c>
       <c r="H35" s="19" t="s">
         <v>25</v>
       </c>
       <c r="I35" s="19"/>
       <c r="J35" s="17" t="s">
         <v>30</v>
       </c>
       <c r="K35" s="19"/>
       <c r="L35" s="19" t="s">
         <v>30</v>
       </c>
       <c r="M35" s="17" t="s">
         <v>31</v>
       </c>
       <c r="N35" s="17" t="s">
         <v>58</v>
       </c>
       <c r="O35" s="17"/>
       <c r="P35" s="17" t="s">
-        <v>226</v>
+        <v>267</v>
       </c>
     </row>
     <row r="36" spans="1:16" ht="45" x14ac:dyDescent="0.25">
-      <c r="A36" s="22" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="22" t="s">
+      <c r="A36" s="21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B36" s="21" t="s">
+        <v>147</v>
+      </c>
+      <c r="C36" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D36" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="E36" s="22" t="s">
         <v>150</v>
       </c>
-      <c r="C36" s="22" t="s">
-[...2 lines deleted...]
-      <c r="D36" s="23" t="s">
+      <c r="F36" s="22" t="s">
         <v>152</v>
       </c>
-      <c r="E36" s="23" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="23" t="s">
+      <c r="G36" s="23">
+        <v>3500</v>
+      </c>
+      <c r="H36" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I36" s="24"/>
+      <c r="J36" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K36" s="24"/>
+      <c r="L36" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M36" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="N36" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="O36" s="22"/>
+      <c r="P36" s="22" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A37" s="21" t="s">
         <v>155</v>
       </c>
-      <c r="G36" s="24">
+      <c r="B37" s="21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C37" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D37" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="E37" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="F37" s="22" t="s">
+        <v>158</v>
+      </c>
+      <c r="G37" s="23">
+        <v>7700</v>
+      </c>
+      <c r="H37" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I37" s="24"/>
+      <c r="J37" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K37" s="24"/>
+      <c r="L37" s="24" t="s">
+        <v>65</v>
+      </c>
+      <c r="M37" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="N37" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O37" s="22"/>
+      <c r="P37" s="22" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="26" t="s">
+        <v>161</v>
+      </c>
+      <c r="B38" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C38" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D38" s="22" t="s">
+        <v>163</v>
+      </c>
+      <c r="E38" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="F38" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="G38" s="23">
+        <v>21000</v>
+      </c>
+      <c r="H38" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I38" s="24"/>
+      <c r="J38" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K38" s="24"/>
+      <c r="L38" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M38" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="N38" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="O38" s="22"/>
+      <c r="P38" s="22" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A39" s="26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="C39" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D39" s="22" t="s">
+        <v>166</v>
+      </c>
+      <c r="E39" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="F39" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="G39" s="23">
+        <v>4900</v>
+      </c>
+      <c r="H39" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I39" s="24"/>
+      <c r="J39" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K39" s="24"/>
+      <c r="L39" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M39" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="N39" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="O39" s="22"/>
+      <c r="P39" s="22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A40" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C40" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D40" s="22" t="s">
+        <v>171</v>
+      </c>
+      <c r="E40" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="F40" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="G40" s="23">
         <v>3500</v>
       </c>
-      <c r="H36" s="25" t="s">
-[...10 lines deleted...]
-      <c r="M36" s="23" t="s">
+      <c r="H40" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I40" s="24"/>
+      <c r="J40" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K40" s="24"/>
+      <c r="L40" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M40" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="N36" s="23" t="s">
-[...3 lines deleted...]
-      <c r="P36" s="23" t="s">
+      <c r="N40" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="O40" s="22"/>
+      <c r="P40" s="22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="26" t="s">
+        <v>174</v>
+      </c>
+      <c r="B41" s="21" t="s">
+        <v>177</v>
+      </c>
+      <c r="C41" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D41" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="E41" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="F41" s="22" t="s">
+        <v>183</v>
+      </c>
+      <c r="G41" s="23">
+        <v>5100</v>
+      </c>
+      <c r="H41" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I41" s="24"/>
+      <c r="J41" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K41" s="24"/>
+      <c r="L41" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M41" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="N41" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="O41" s="22"/>
+      <c r="P41" s="22" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A42" s="26" t="s">
+        <v>175</v>
+      </c>
+      <c r="B42" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="C42" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D42" s="22" t="s">
+        <v>181</v>
+      </c>
+      <c r="E42" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="F42" s="22" t="s">
+        <v>184</v>
+      </c>
+      <c r="G42" s="23">
+        <v>13000</v>
+      </c>
+      <c r="H42" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I42" s="24"/>
+      <c r="J42" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="K42" s="24"/>
+      <c r="L42" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M42" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="N42" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="O42" s="22"/>
+      <c r="P42" s="22" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A43" s="26" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="C43" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D43" s="22" t="s">
+        <v>182</v>
+      </c>
+      <c r="E43" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="F43" s="22" t="s">
+        <v>185</v>
+      </c>
+      <c r="G43" s="23">
+        <v>5500</v>
+      </c>
+      <c r="H43" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I43" s="24"/>
+      <c r="J43" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K43" s="24"/>
+      <c r="L43" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M43" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="N43" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="O43" s="22"/>
+      <c r="P43" s="22" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="25" t="s">
+        <v>188</v>
+      </c>
+      <c r="B44" s="8" t="s">
         <v>190</v>
       </c>
-    </row>
-[...309 lines deleted...]
-      <c r="A44" s="26" t="s">
+      <c r="C44" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D44" s="9" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="G44" s="10">
         <v>16000</v>
       </c>
       <c r="H44" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I44" s="11"/>
       <c r="J44" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K44" s="11"/>
       <c r="L44" s="11" t="s">
         <v>30</v>
       </c>
       <c r="M44" s="9" t="s">
         <v>66</v>
       </c>
       <c r="N44" s="9" t="s">
         <v>44</v>
       </c>
       <c r="O44" s="9"/>
       <c r="P44" s="9"/>
     </row>
     <row r="45" spans="1:16" ht="60" x14ac:dyDescent="0.25">
-      <c r="A45" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B45" s="22" t="s">
+      <c r="A45" s="26" t="s">
+        <v>189</v>
+      </c>
+      <c r="B45" s="21" t="s">
+        <v>191</v>
+      </c>
+      <c r="C45" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D45" s="22" t="s">
+        <v>194</v>
+      </c>
+      <c r="E45" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="F45" s="22" t="s">
         <v>195</v>
       </c>
-      <c r="C45" s="22" t="s">
-[...2 lines deleted...]
-      <c r="D45" s="23" t="s">
+      <c r="G45" s="23">
+        <v>7500</v>
+      </c>
+      <c r="H45" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I45" s="24"/>
+      <c r="J45" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K45" s="24"/>
+      <c r="L45" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M45" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="N45" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="O45" s="22"/>
+      <c r="P45" s="22" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A46" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="B46" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="C46" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D46" s="22" t="s">
+        <v>202</v>
+      </c>
+      <c r="E46" s="22" t="s">
+        <v>150</v>
+      </c>
+      <c r="F46" s="22" t="s">
+        <v>205</v>
+      </c>
+      <c r="G46" s="23">
+        <v>13000</v>
+      </c>
+      <c r="H46" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I46" s="24"/>
+      <c r="J46" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K46" s="24"/>
+      <c r="L46" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M46" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="N46" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="O46" s="22"/>
+      <c r="P46" s="22" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A47" s="26" t="s">
+        <v>197</v>
+      </c>
+      <c r="B47" s="21" t="s">
+        <v>200</v>
+      </c>
+      <c r="C47" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D47" s="22" t="s">
+        <v>203</v>
+      </c>
+      <c r="E47" s="22" t="s">
+        <v>150</v>
+      </c>
+      <c r="F47" s="22" t="s">
+        <v>206</v>
+      </c>
+      <c r="G47" s="23">
+        <v>3000</v>
+      </c>
+      <c r="H47" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I47" s="24"/>
+      <c r="J47" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K47" s="24"/>
+      <c r="L47" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M47" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="N47" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="O47" s="22"/>
+      <c r="P47" s="22" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A48" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="E45" s="23" t="s">
+      <c r="B48" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="C48" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D48" s="22" t="s">
+        <v>204</v>
+      </c>
+      <c r="E48" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="F45" s="23" t="s">
-[...16 lines deleted...]
-      <c r="M45" s="23" t="s">
+      <c r="F48" s="22" t="s">
+        <v>53</v>
+      </c>
+      <c r="G48" s="23">
+        <v>40000</v>
+      </c>
+      <c r="H48" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I48" s="24"/>
+      <c r="J48" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K48" s="24"/>
+      <c r="L48" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M48" s="22" t="s">
         <v>49</v>
       </c>
-      <c r="N45" s="23" t="s">
+      <c r="N48" s="22" t="s">
         <v>44</v>
       </c>
-      <c r="O45" s="23"/>
-      <c r="P45" s="23" t="s">
+      <c r="O48" s="22"/>
+      <c r="P48" s="22" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="120" x14ac:dyDescent="0.25">
+      <c r="A49" s="26" t="s">
+        <v>209</v>
+      </c>
+      <c r="B49" s="21" t="s">
+        <v>210</v>
+      </c>
+      <c r="C49" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="D49" s="22" t="s">
+        <v>211</v>
+      </c>
+      <c r="E49" s="22" t="s">
+        <v>150</v>
+      </c>
+      <c r="F49" s="22" t="s">
+        <v>212</v>
+      </c>
+      <c r="G49" s="23">
+        <v>40000</v>
+      </c>
+      <c r="H49" s="24" t="s">
+        <v>64</v>
+      </c>
+      <c r="I49" s="24"/>
+      <c r="J49" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K49" s="24"/>
+      <c r="L49" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M49" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="N49" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="O49" s="22"/>
+      <c r="P49" s="22" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="26" t="s">
+        <v>213</v>
+      </c>
+      <c r="B50" s="21" t="s">
+        <v>214</v>
+      </c>
+      <c r="C50" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D50" s="22" t="s">
+        <v>215</v>
+      </c>
+      <c r="E50" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="F50" s="22" t="s">
+        <v>216</v>
+      </c>
+      <c r="G50" s="23">
+        <v>3500</v>
+      </c>
+      <c r="H50" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I50" s="24"/>
+      <c r="J50" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K50" s="24"/>
+      <c r="L50" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M50" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="N50" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="O50" s="22"/>
+      <c r="P50" s="22" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="27" t="s">
+        <v>223</v>
+      </c>
+      <c r="B51" s="16" t="s">
         <v>224</v>
       </c>
-    </row>
-[...226 lines deleted...]
-      </c>
       <c r="C51" s="16" t="s">
         <v>25</v>
       </c>
       <c r="D51" s="17" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="E51" s="17" t="s">
         <v>27</v>
       </c>
       <c r="F51" s="17" t="s">
         <v>95</v>
       </c>
       <c r="G51" s="18">
         <v>14000</v>
       </c>
       <c r="H51" s="19" t="s">
         <v>25</v>
       </c>
       <c r="I51" s="19"/>
       <c r="J51" s="17" t="s">
         <v>30</v>
       </c>
       <c r="K51" s="19"/>
       <c r="L51" s="19" t="s">
         <v>30</v>
       </c>
       <c r="M51" s="17" t="s">
         <v>66</v>
       </c>
       <c r="N51" s="17" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="O51" s="17"/>
       <c r="P51" s="17" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" ht="110.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="27" t="s">
+        <v>225</v>
+      </c>
+      <c r="B52" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="C52" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="D52" s="17" t="s">
+        <v>228</v>
+      </c>
+      <c r="E52" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="F52" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="G52" s="18">
+        <v>9000</v>
+      </c>
+      <c r="H52" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="I52" s="19"/>
+      <c r="J52" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="K52" s="33"/>
+      <c r="L52" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="M52" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="N52" s="17" t="s">
+        <v>230</v>
+      </c>
+      <c r="O52" s="17"/>
+      <c r="P52" s="17" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A53" s="26" t="s">
+        <v>234</v>
+      </c>
+      <c r="B53" s="21" t="s">
+        <v>235</v>
+      </c>
+      <c r="C53" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D53" s="22" t="s">
+        <v>236</v>
+      </c>
+      <c r="E53" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="F53" s="22" t="s">
+        <v>53</v>
+      </c>
+      <c r="G53" s="23">
+        <v>65000</v>
+      </c>
+      <c r="H53" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I53" s="24"/>
+      <c r="J53" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K53" s="24"/>
+      <c r="L53" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M53" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="N53" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="O53" s="22"/>
+      <c r="P53" s="22" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" ht="78" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="26" t="s">
+        <v>244</v>
+      </c>
+      <c r="B54" s="21" t="s">
+        <v>245</v>
+      </c>
+      <c r="C54" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D54" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="E54" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="F54" s="22" t="s">
+        <v>247</v>
+      </c>
+      <c r="G54" s="23">
+        <v>12000</v>
+      </c>
+      <c r="H54" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I54" s="24"/>
+      <c r="J54" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K54" s="24"/>
+      <c r="L54" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M54" s="22" t="s">
+        <v>103</v>
+      </c>
+      <c r="N54" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="O54" s="22"/>
+      <c r="P54" s="22" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16" ht="75" x14ac:dyDescent="0.25">
+      <c r="A55" s="26" t="s">
         <v>249</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E52" s="9" t="s">
+      <c r="B55" s="21" t="s">
+        <v>250</v>
+      </c>
+      <c r="C55" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D55" s="22" t="s">
+        <v>251</v>
+      </c>
+      <c r="E55" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="F55" s="22" t="s">
+        <v>252</v>
+      </c>
+      <c r="G55" s="23">
+        <v>6000</v>
+      </c>
+      <c r="H55" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I55" s="24"/>
+      <c r="J55" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="K55" s="24"/>
+      <c r="L55" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M55" s="22" t="s">
+        <v>103</v>
+      </c>
+      <c r="N55" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="O55" s="22"/>
+      <c r="P55" s="22" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A56" s="25" t="s">
+        <v>254</v>
+      </c>
+      <c r="B56" s="8" t="s">
+        <v>255</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D56" s="9" t="s">
+        <v>256</v>
+      </c>
+      <c r="E56" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="F52" s="9" t="s">
+      <c r="F56" s="9" t="s">
         <v>95</v>
       </c>
-      <c r="G52" s="10">
-[...6 lines deleted...]
-      <c r="J52" s="9" t="s">
+      <c r="G56" s="10">
+        <v>4000</v>
+      </c>
+      <c r="H56" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="I56" s="11"/>
+      <c r="J56" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="K56" s="11"/>
+      <c r="L56" s="11" t="s">
         <v>65</v>
       </c>
-      <c r="L52" s="11" t="s">
-[...47 lines deleted...]
-      <c r="N53" s="17" t="s">
+      <c r="M56" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="N56" s="9" t="s">
         <v>44</v>
       </c>
-      <c r="O53" s="17"/>
-[...1 lines deleted...]
-        <v>252</v>
+      <c r="O56" s="9"/>
+      <c r="P56" s="9" t="s">
+        <v>253</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:P2"/>
     <mergeCell ref="B3:P3"/>
     <mergeCell ref="B4:P4"/>
     <mergeCell ref="B5:P5"/>
     <mergeCell ref="B6:P6"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="54" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>